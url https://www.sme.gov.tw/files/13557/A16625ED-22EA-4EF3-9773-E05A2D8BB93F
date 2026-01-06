--- v0 (2025-10-15)
+++ v1 (2026-01-06)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="244DA880" w14:textId="77777777" w:rsidR="003E6CF5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>經濟部中小及新創企業署聘僱人員</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>職缺甄選人員基本資料表</w:t>
@@ -383,75 +383,90 @@
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>王小明</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6465870B" w14:textId="77777777" w:rsidR="003E6CF5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>077.07.07</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18901B33" w14:textId="002B16C7" w:rsidR="003E6CF5" w:rsidRDefault="00000000" w:rsidP="00E74F61">
+          <w:p w14:paraId="4A20FAAC" w14:textId="77777777" w:rsidR="003E6CF5" w:rsidRDefault="00000000" w:rsidP="00E74F61">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>歲)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18901B33" w14:textId="6806E01D" w:rsidR="00873377" w:rsidRDefault="00873377" w:rsidP="00E74F61">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>男/女</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6B703A42" w14:textId="77777777" w:rsidR="003E6CF5" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>待業中</w:t>
@@ -507,133 +522,133 @@
               </w:rPr>
               <w:t>學系畢業</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="511E37A2" w14:textId="25C01EFB" w:rsidR="003E6CF5" w:rsidRDefault="00E74F61">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:ind w:left="240" w:hanging="240"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>臺北市政府</w:t>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>局約</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>僱</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>人員(106.11.01~107.03.30)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F492A9B" w14:textId="543DDD98" w:rsidR="003E6CF5" w:rsidRDefault="00E74F61">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:ind w:left="240" w:hanging="240"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>臺北市</w:t>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:eastAsia="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings 2"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>區公所約</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>僱</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
               <w:t>里幹事(107.06.01~107.10.30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04F42D3E" w14:textId="77777777" w:rsidR="003E6CF5" w:rsidRDefault="003E6CF5">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1028,70 +1043,70 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2D1C95D0" w14:textId="77777777" w:rsidR="003E6CF5" w:rsidRDefault="003E6CF5">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CAC23EE" w14:textId="77777777" w:rsidR="003E6CF5" w:rsidRDefault="003E6CF5">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003E6CF5">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="448" w:left="1134" w:header="0" w:footer="392" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B5119A9" w14:textId="77777777" w:rsidR="00F42826" w:rsidRDefault="00F42826">
+    <w:p w14:paraId="061A7D33" w14:textId="77777777" w:rsidR="00BD317C" w:rsidRDefault="00BD317C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AD81413" w14:textId="77777777" w:rsidR="00F42826" w:rsidRDefault="00F42826">
+    <w:p w14:paraId="1353CC81" w14:textId="77777777" w:rsidR="00BD317C" w:rsidRDefault="00BD317C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1138,51 +1153,51 @@
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="084216A0" w14:textId="77777777" w:rsidR="003E6CF5" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a3"/>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a3"/>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
@@ -1257,137 +1272,140 @@
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a3"/>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a3"/>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="標楷體"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>頁</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75866753" w14:textId="77777777" w:rsidR="00F42826" w:rsidRDefault="00F42826">
+    <w:p w14:paraId="178FC61C" w14:textId="77777777" w:rsidR="00BD317C" w:rsidRDefault="00BD317C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1111A043" w14:textId="77777777" w:rsidR="00F42826" w:rsidRDefault="00F42826">
+    <w:p w14:paraId="53935F3D" w14:textId="77777777" w:rsidR="00BD317C" w:rsidRDefault="00BD317C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E6CF5"/>
     <w:rsid w:val="003E6CF5"/>
     <w:rsid w:val="00504DD2"/>
     <w:rsid w:val="00702765"/>
+    <w:rsid w:val="008277D8"/>
+    <w:rsid w:val="00873377"/>
+    <w:rsid w:val="00BD317C"/>
     <w:rsid w:val="00CC3BCD"/>
     <w:rsid w:val="00E37B87"/>
     <w:rsid w:val="00E74F61"/>
     <w:rsid w:val="00F42826"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3E010AE1"/>
   <w15:docId w15:val="{E2C6E1E4-0D6A-4C14-B0EC-F0A4DDBB3F9E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:eastAsia="新細明體" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2751,51 +2769,51 @@
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num17">
     <w:name w:val="WW8Num17"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num18">
     <w:name w:val="WW8Num18"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num19">
     <w:name w:val="WW8Num19"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num20">
     <w:name w:val="WW8Num20"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num21">
     <w:name w:val="WW8Num21"/>
     <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -3055,58 +3073,58 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>33</Words>
-  <Characters>190</Characters>
+  <Characters>194</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>222</CharactersWithSpaces>
+  <CharactersWithSpaces>226</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>經濟部中小企業處（辦事員）職缺甄補面談人員基本資料表（符合資格）</dc:title>
   <dc:subject/>
   <dc:creator>cdpc</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>zh-TW</dc:language>
 </cp:coreProperties>
 </file>